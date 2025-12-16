--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R347d7bc7895e4412" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R488ce2ebb01046b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2186c4c46ed422e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ae024ace74b4aa7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dcf012941c94dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2186c4c46ed422e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb8de2d56174e78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ae024ace74b4aa7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kanada und USA Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>138,454</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>