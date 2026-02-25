--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R488ce2ebb01046b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bc48efdbfe6496c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ae024ace74b4aa7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc57cae61b93c4c0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb8de2d56174e78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ae024ace74b4aa7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33289b00ccd54622" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc57cae61b93c4c0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kanada und USA Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>