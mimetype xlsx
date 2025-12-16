--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93dc8cee6f314923" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec5b7007be0b44ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd173218be0054177"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73574a69f73e4f29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R825ea1a15d4c48b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd173218be0054177" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R988c5cf2ca6f44c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73574a69f73e4f29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Prime Standard</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>168,288</x:t>
-[...156 lines deleted...]
-          <x:t>169,770</x:t>
+          <x:t>170,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>168,913</x:t>
-[...112 lines deleted...]
-          <x:t>172,256</x:t>
+          <x:t>171,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>