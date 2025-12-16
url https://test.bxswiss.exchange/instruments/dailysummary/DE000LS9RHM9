--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82012887bce647b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60aa271c217a4026" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R693314835319437d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8aa3d276efd349b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree30bf50aa7a46ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R693314835319437d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48ca86c10ca148f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8aa3d276efd349b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>98,139</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>