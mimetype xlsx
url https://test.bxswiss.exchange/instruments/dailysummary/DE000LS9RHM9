--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60aa271c217a4026" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc39504a5dec5483f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8aa3d276efd349b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb458e92419f84583"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48ca86c10ca148f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8aa3d276efd349b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd66a6a75a71f4cf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb458e92419f84583" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>