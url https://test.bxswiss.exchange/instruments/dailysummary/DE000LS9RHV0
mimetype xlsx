--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2818680cb6894f08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e2a978378c4481" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2be14b6525464fb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R587e6e5ab3cf4fc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R627329ea368d43ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2be14b6525464fb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c9f13ad1d7f40fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R587e6e5ab3cf4fc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12Seasons</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>65,071</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>