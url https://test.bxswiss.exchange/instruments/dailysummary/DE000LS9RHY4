--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R521b0ecc7aa94e40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3350222c193f4b5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45774f530a3840f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f52733cee7a44bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc29dd89d4a94809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45774f530a3840f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4537623b640b42a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f52733cee7a44bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Technology Innovation </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>129,170</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>