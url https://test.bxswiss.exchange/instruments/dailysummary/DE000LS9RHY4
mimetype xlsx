--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3350222c193f4b5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99b2fd9b33a74315" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f52733cee7a44bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc244b91bf80f459e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4537623b640b42a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f52733cee7a44bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05a2a354048f4e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc244b91bf80f459e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Technology Innovation </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,675</x:t>
-[...80 lines deleted...]
-          <x:t>116,586</x:t>
+          <x:t>118,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,070</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>116,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,010</x:t>
-[...188 lines deleted...]
-          <x:t>117,181</x:t>
+          <x:t>114,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>