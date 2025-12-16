--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e7b99ae2c344f04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4b05665bc2346c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc349f5185f3f468e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8624e8b35ae24953"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2bbacde626c4b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc349f5185f3f468e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafaf467e86214b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8624e8b35ae24953" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raumfahrt im 21. Jahrhundert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>242,434</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>