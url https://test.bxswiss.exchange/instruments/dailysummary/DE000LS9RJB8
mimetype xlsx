--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4b05665bc2346c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc351ec8f051944bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8624e8b35ae24953"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea05463dc5a4a21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafaf467e86214b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8624e8b35ae24953" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re55181460d8d4910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea05463dc5a4a21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raumfahrt im 21. Jahrhundert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>