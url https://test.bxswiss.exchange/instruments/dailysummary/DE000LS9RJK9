--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a348d7b1d6445f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R154f0d022f4b46e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d05a89f79b84dfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4c0d4f9b78342b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b3d8180af464037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d05a89f79b84dfa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdefaed28dda34a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4c0d4f9b78342b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Paradigm Shift</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>160,665</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>