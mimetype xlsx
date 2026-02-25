--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R154f0d022f4b46e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5aae06285cd48c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4c0d4f9b78342b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a2384bbe58044d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdefaed28dda34a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4c0d4f9b78342b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19c5754284b04b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a2384bbe58044d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Paradigm Shift</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,181</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>