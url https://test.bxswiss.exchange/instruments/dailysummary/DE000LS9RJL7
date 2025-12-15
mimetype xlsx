--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4f6f62545674faf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a88915b1d14417e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R408bfb48987340fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99cc5d01f8f7461c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25aa7960e586409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R408bfb48987340fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eecf5e4d57d411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99cc5d01f8f7461c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth2050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>100,416</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>