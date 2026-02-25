--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a88915b1d14417e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23d67acb15fa43a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99cc5d01f8f7461c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf95b04972ab04902"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eecf5e4d57d411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99cc5d01f8f7461c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc06de302e93349fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf95b04972ab04902" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth2050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...539 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,428</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>102,018</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>