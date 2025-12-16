--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd73c848aef864c04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa87bb7dc13d4f45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23162b6efcf84786"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94968202411d4177"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R227e682f1b4945a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23162b6efcf84786" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf19062c6d77c496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94968202411d4177" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Investieren nach Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>220,291</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>