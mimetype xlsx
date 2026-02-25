--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa87bb7dc13d4f45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b42924e312e46da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94968202411d4177"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfea27651e5c145f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf19062c6d77c496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94968202411d4177" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0551a720b83745a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfea27651e5c145f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Investieren nach Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>