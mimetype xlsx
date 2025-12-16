--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b5bb4d0a3684486" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52198b3f5584831" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb957f9e642044342"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a927213d3f44aad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51d9d8e2b6ee400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb957f9e642044342" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R118637f73a654066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a927213d3f44aad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langzeitinvestment in Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>168,583</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>