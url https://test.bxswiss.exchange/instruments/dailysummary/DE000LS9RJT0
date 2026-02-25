--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52198b3f5584831" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ada0a45b9c4986" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a927213d3f44aad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77bc49c3e6b246ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R118637f73a654066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a927213d3f44aad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39300aba3f564077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77bc49c3e6b246ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langzeitinvestment in Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>