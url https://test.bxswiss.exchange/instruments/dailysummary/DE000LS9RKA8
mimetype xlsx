--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98be84e3c3ed40ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e7ba430f0a34e77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R024f5f0125b64187"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf67fe32bdce047ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R386c33aab6254995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R024f5f0125b64187" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aa1c31c9097454c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf67fe32bdce047ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha Factor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>86,529</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>