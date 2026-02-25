--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e7ba430f0a34e77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa5eed6dcbda432c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf67fe32bdce047ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd57a678655394510"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aa1c31c9097454c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf67fe32bdce047ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd196471931e74594" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd57a678655394510" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha Factor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>