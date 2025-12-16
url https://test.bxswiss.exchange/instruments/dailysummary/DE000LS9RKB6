--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8127a773fa1a419a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4176df784ad64107" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97b4b7dc53ef402c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27c0653ae1ef466f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd028a07cdc44f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97b4b7dc53ef402c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa4af1ef57e4ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27c0653ae1ef466f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIO PLASTIK RECYCLING Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>67,280</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>