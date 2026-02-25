--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4176df784ad64107" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94c149723ae6406b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27c0653ae1ef466f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac95ad1dc57a4182"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa4af1ef57e4ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27c0653ae1ef466f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6f1677ff832493f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac95ad1dc57a4182" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIO PLASTIK RECYCLING Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>66,683</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,120</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>65,381</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>