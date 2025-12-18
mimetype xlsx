--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4743f6a989bd4e69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R740a4c977fe64548" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66147e13ba7a4eee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce5f7c15d98c447c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb28f8408d1ab4d54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66147e13ba7a4eee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16eacf0e8348437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce5f7c15d98c447c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Companies Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>197,490</x:t>
-[...333 lines deleted...]
-          <x:t>203,804</x:t>
+          <x:t>193,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>