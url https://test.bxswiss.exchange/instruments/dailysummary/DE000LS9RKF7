--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R740a4c977fe64548" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e0ff95d49a04159" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce5f7c15d98c447c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37af9f9862574c79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16eacf0e8348437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce5f7c15d98c447c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cca89740bad4440" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37af9f9862574c79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Companies Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>