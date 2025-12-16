--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3629d6663e94266" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda40caf047b04203" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc04bb2fba96d4786"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R699833bb1a4e4ff3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33c90811b6964f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc04bb2fba96d4786" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90369f4b09964ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R699833bb1a4e4ff3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Radical Green Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,102</x:t>
-[...495 lines deleted...]
-          <x:t>87,700</x:t>
+          <x:t>84,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>