--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda40caf047b04203" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30f48113f4f44831" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R699833bb1a4e4ff3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R962b8f01212b4e56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90369f4b09964ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R699833bb1a4e4ff3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb29758348de4fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R962b8f01212b4e56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Radical Green Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>