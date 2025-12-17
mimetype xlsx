--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07385734743f4676" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91b9bec3165b4a4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd5ef10255d14ebf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c73bbe878dd428e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5d417503e6e4f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd5ef10255d14ebf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R292e8552ac95437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c73bbe878dd428e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Cloud Computing and Data</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>128,809</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>