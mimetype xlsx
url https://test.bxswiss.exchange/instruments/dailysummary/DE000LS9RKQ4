--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91b9bec3165b4a4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84ed1ff818644490" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c73bbe878dd428e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbf441da9c2c4006"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R292e8552ac95437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c73bbe878dd428e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8afea3ab9a1346c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbf441da9c2c4006" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Cloud Computing and Data</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>