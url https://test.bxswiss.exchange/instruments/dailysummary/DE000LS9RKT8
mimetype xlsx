--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd620486313c420a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ec0e4aa9f7f488d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb01e3df5ef504205"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0b9e594e6434b21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0c5348ff4f743ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb01e3df5ef504205" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87f55fb013bd465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0b9e594e6434b21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Out of Kulmbach - USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>113,073</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>