--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ec0e4aa9f7f488d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0323ea5cee24a3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0b9e594e6434b21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b393f43efb54bc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87f55fb013bd465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0b9e594e6434b21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8084e27397bd4ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b393f43efb54bc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Out of Kulmbach - USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,201</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>