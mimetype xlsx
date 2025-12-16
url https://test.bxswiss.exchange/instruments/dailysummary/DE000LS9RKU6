--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R273efc15f1814b8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R900a1608f1f5414b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c361149ba7d408e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ef74f58969f43be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf90df26ed2504ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c361149ba7d408e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d1ec0cda9ae43b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ef74f58969f43be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokusiertes Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>63,014</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,978</x:t>
-[...232 lines deleted...]
-          <x:t>63,821</x:t>
+          <x:t>63,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,746</x:t>
-[...269 lines deleted...]
-          <x:t>64,494</x:t>
+          <x:t>63,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>