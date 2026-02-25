--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R900a1608f1f5414b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce087933fe934273" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ef74f58969f43be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93e9c7f3747c440f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d1ec0cda9ae43b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ef74f58969f43be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16484d9667c24b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93e9c7f3747c440f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokusiertes Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>64,968</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,725</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>66,392</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>