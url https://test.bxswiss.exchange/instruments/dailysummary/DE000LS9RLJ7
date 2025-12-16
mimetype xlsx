--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdcfd00ddc694535" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6047f2b6864b41d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6047e77372d4717"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7502996f30d546e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R362bcef8e1494b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6047e77372d4717" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb7bdd7f49d94fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7502996f30d546e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CRISPR DNA GENE EDITING Genomik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>31,880</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>