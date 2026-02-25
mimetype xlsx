--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6047f2b6864b41d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0370d123aa1d4b36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7502996f30d546e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6ec4e4ccd254d6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb7bdd7f49d94fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7502996f30d546e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R523e3cc6a5c8493e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6ec4e4ccd254d6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CRISPR DNA GENE EDITING Genomik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>31,968</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,340</x:t>
-        </x:is>
-[...224 lines deleted...]
-          <x:t>31,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>