--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb60907a4660c4cf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58dd897d0dae42ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01ac53f982e2449e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6414bd94b0484c8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08a6eceb6ec14199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01ac53f982e2449e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R629c40a88e75409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6414bd94b0484c8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunity Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>72,669</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>