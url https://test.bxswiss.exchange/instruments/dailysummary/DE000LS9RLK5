--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58dd897d0dae42ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55dd2d6f38b048c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6414bd94b0484c8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbface03e0d3a4a7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R629c40a88e75409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6414bd94b0484c8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf027844f16694127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbface03e0d3a4a7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunity Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>60,743</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,644</x:t>
-[...6 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>60,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,583</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>61,037</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,813</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>61,039</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>