--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd17a343b03044d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82a9947ea8334885" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R868870a920184703"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8306afda0a924f3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff487f5c2bd344f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R868870a920184703" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c32a5fb7c6f4229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8306afda0a924f3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Medical Chance </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>67,623</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,384</x:t>
-[...571 lines deleted...]
-          <x:t>64,992</x:t>
+          <x:t>67,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>