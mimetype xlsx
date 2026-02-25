--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82a9947ea8334885" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c68d9ab1a4d4bde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8306afda0a924f3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62fcc34bbc544390"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c32a5fb7c6f4229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8306afda0a924f3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1479495efbd24260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62fcc34bbc544390" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Medical Chance </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,506</x:t>
-[...151 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>66,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,192</x:t>
-[...387 lines deleted...]
-          <x:t>67,617</x:t>
+          <x:t>69,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>