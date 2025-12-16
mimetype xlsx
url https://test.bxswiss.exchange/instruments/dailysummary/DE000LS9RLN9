--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d2ce5930f2b443c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3887f658a0f4296" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3415a5d147874cb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9bc749475f54730"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cf5dc84c4dd4e9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3415a5d147874cb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7451a51835744fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9bc749475f54730" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investing in tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>413,146</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>