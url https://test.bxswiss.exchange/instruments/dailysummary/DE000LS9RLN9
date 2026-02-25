--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3887f658a0f4296" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R173ec4d5cce14f28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9bc749475f54730"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0d08361739f4e62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7451a51835744fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9bc749475f54730" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R026f522356a94758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0d08361739f4e62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investing in tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>448,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>447,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>