--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b29731f66594168" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bc2ba2bec7c4800" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab90031c536d4ba8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re994f128fce945fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R843912e895ac48f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab90031c536d4ba8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb6816a647f841da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re994f128fce945fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of Deutschland Bruckner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>193,618</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>