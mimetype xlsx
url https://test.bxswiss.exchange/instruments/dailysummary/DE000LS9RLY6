--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bc2ba2bec7c4800" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d01ec2398f04728" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re994f128fce945fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f11d0c2a96e4ae7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb6816a647f841da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re994f128fce945fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb22999cdec304760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f11d0c2a96e4ae7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of Deutschland Bruckner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,912</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>