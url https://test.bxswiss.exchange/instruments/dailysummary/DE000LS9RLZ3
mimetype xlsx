--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra817bf10120d4bdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fd36209bdb44557" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R936f840dbef94509"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09eba043d3be47d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3744a2f7be84d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R936f840dbef94509" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R463672e39bea40c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09eba043d3be47d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Invest Rotation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>141,292</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,436</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...600 lines deleted...]
-          <x:t>143,421</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>