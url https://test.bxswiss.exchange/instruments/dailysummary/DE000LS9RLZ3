--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fd36209bdb44557" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1561bb3c16ce478b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09eba043d3be47d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99b3544d8f134e36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R463672e39bea40c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09eba043d3be47d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1473f58a01f940d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99b3544d8f134e36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Invest Rotation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>