--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52618a8d2fd649ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f6997efb8744b1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra865c8af10b94d81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R863bcc46fc4243e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re711c06be99a4f9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra865c8af10b94d81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb030046e55a04486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R863bcc46fc4243e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Technology Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>181,926</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>