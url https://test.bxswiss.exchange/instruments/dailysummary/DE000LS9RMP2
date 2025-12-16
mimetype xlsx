--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2a217abc2f84d53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf471de120a6944b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13e940cbc06a47c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c3a7f38537e40f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R504e1f7a60a84fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13e940cbc06a47c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc482edcfbf0480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c3a7f38537e40f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Baerenhoehle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>178,567</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>