--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf471de120a6944b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b719eb4e9314abc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c3a7f38537e40f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3679a118ecc64b1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc482edcfbf0480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c3a7f38537e40f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b3f341328974ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3679a118ecc64b1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Baerenhoehle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>