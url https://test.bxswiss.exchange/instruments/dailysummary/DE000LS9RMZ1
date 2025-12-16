--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97c09473845f45ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe72b660ba234793" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4075de012f743a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9ed96dfb5434ee0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15b1f7dc90814204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4075de012f743a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f9048bead3a4818" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9ed96dfb5434ee0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fraktal und Fibonacci</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>480,823</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>