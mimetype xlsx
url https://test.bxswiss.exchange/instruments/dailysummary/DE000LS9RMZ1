--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe72b660ba234793" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7428ff8659e54be5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9ed96dfb5434ee0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7096778ef2e942c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f9048bead3a4818" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9ed96dfb5434ee0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04241ba67283440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7096778ef2e942c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fraktal und Fibonacci</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>