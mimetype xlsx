--- v0 (2025-10-01)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc37a4be084a3446c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19ea853294214053" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb831223ef63c4827"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9936e3cf0d74560"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0053e3c63d214fd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb831223ef63c4827" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91bb8e6d6d054a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9936e3cf0d74560" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pet Care Animal Haustiere </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>94,371</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>