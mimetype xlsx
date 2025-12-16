--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7982b73ed71d4865" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa2a0c2f6f83423f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R792ce5068174496e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09072dbaf4774fb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2deeab3e2e54385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R792ce5068174496e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06ae846583fc4832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09072dbaf4774fb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZukunftstrendsBreitGestreut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>195,718</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>