--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa2a0c2f6f83423f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aa2fcd5a5ac44e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09072dbaf4774fb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20c8b305bfd84809"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06ae846583fc4832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09072dbaf4774fb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d83f7108e8d437c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20c8b305bfd84809" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZukunftstrendsBreitGestreut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>