--- v0 (2025-10-01)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bcff0c8431f4b86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4af8802231f346b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra93e73e804a84a29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae9e209f6b6b4380"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6992d0fbe7b4651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra93e73e804a84a29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe9c5e8a152c423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae9e209f6b6b4380" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Q-IPR30 valuable patent owners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>163,885</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>