--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd07f6f3dbfe4984" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a43009815624610" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R051df8154cd04795"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R600cd4acf7494283"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re64001a4dce34d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R051df8154cd04795" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc67844db2b57409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R600cd4acf7494283" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>93,119</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,270</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-          <x:t>29.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,729</x:t>
-[...63 lines deleted...]
-          <x:t>93,695</x:t>
+          <x:t>93,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>