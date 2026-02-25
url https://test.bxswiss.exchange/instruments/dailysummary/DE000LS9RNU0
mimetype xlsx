--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a43009815624610" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb775835e1aa04c93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R600cd4acf7494283"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eb7fe1e50784fd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc67844db2b57409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R600cd4acf7494283" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R558cb7a6ec50494b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eb7fe1e50784fd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>93,005</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,854</x:t>
-[...178 lines deleted...]
-          <x:t>93,376</x:t>
+          <x:t>92,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,242</x:t>
-[...269 lines deleted...]
-          <x:t>93,458</x:t>
+          <x:t>92,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>