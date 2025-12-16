--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42c8178e184f4905" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1de677fb1094445e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d53e67a54364567"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R800dff6fa10b4a35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R038dc92bef5143b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d53e67a54364567" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45fc5d6050e64ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R800dff6fa10b4a35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - 5G Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>102,873</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>