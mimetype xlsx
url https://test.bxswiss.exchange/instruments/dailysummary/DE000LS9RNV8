--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1de677fb1094445e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e469d9d14924f69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R800dff6fa10b4a35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b344365d59b4eba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45fc5d6050e64ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R800dff6fa10b4a35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2034024a0c8419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b344365d59b4eba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - 5G Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>