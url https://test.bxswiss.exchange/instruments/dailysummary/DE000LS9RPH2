--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8710d04ccdc244b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fb1f51083f54953" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra23cc7a4a5764539"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05f58ca16cd04dac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b3772a27ba84304" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra23cc7a4a5764539" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22483202dd77495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05f58ca16cd04dac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AktienTipp Megatrends 2021 </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,506 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>80,247</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,526</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>81,071</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>