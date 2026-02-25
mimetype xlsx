--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fb1f51083f54953" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R907268b5ad954358" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05f58ca16cd04dac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26c4a0367c0146a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22483202dd77495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05f58ca16cd04dac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18e72aad0b324f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26c4a0367c0146a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AktienTipp Megatrends 2021 </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>