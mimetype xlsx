--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R584a824bf2df45db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f17787ccc894b34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5af27152adea4cd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R639ec202087f4118"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref7e8f4e8cb84977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5af27152adea4cd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R482218dcc992457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R639ec202087f4118" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>48,455</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,612</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>