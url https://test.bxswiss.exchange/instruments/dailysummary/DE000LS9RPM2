--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f17787ccc894b34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc38cc005e5524709" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R639ec202087f4118"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9382874c21434e80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R482218dcc992457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R639ec202087f4118" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R348a7fd3b8c041f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9382874c21434e80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...500 lines deleted...]
-          <x:t>51,008</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,689</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>49,612</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>