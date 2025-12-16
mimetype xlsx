--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ba985ee407d4cbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6a3afe578534c67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcbd7178a1f048a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4f6fc9a28014a4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03e015f4892747aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcbd7178a1f048a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R838cbc142e9845f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4f6fc9a28014a4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>183,518</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>