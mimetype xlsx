--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6a3afe578534c67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d8b7400d694ffc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4f6fc9a28014a4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c27938b631d4ac3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R838cbc142e9845f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4f6fc9a28014a4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R204e8644a0b14d2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c27938b631d4ac3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>167,811</x:t>
-[...360 lines deleted...]
-          <x:t>165,778</x:t>
+          <x:t>166,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>