--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e6e39085a5d44f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23df7dd31c604954" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11b630d1d32d441a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f6cee8e63044fe8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd64720343cf34b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11b630d1d32d441a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba024b59641d4e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f6cee8e63044fe8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Brands BestSelect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>153,872</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>