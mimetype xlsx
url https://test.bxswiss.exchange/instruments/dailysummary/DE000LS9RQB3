--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23df7dd31c604954" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5511638be75a4a8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f6cee8e63044fe8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfe9ba3a15a843ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba024b59641d4e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f6cee8e63044fe8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R143a954244cd4acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfe9ba3a15a843ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Brands BestSelect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>