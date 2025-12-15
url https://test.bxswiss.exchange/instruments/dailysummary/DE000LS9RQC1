--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67b66649ecef43b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d79a9a7f14c440d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R050b20f1d1ce4dda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dc1390b21de475d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48638a5eb57a46f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R050b20f1d1ce4dda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f215979e14f4c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dc1390b21de475d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investing Today for Tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...485 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,052</x:t>
-[...117 lines deleted...]
-          <x:t>98,521</x:t>
+          <x:t>94,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>