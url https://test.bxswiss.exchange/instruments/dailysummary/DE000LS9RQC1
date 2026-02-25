--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d79a9a7f14c440d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R360d295750a942a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dc1390b21de475d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab1236c9af7945e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f215979e14f4c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dc1390b21de475d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raab8ceab059245e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab1236c9af7945e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investing Today for Tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>94,467</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>