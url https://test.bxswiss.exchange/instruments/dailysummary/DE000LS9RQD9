--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf527c8090fba4e8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R158aa59187b94ff4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R719139058717492a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7039c01719414f75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb22e5a3eb51e4540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R719139058717492a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62ebb31cb2f64c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7039c01719414f75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Technologie Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>101,580</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,769</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>102,015</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,788</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>102,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>