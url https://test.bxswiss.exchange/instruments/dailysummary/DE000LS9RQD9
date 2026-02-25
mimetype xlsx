--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R158aa59187b94ff4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73397d280bcb41b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7039c01719414f75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3421700ca1564c25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62ebb31cb2f64c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7039c01719414f75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b479e411594923" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3421700ca1564c25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Technologie Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>101,295</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,130</x:t>
-[...178 lines deleted...]
-          <x:t>101,699</x:t>
+          <x:t>101,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,554</x:t>
-[...269 lines deleted...]
-          <x:t>101,788</x:t>
+          <x:t>101,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>