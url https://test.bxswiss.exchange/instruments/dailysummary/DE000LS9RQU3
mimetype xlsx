--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re05fdd7951ab4544" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4411470d7dc74fa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47f74fc5de504310"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R764edbe8b4bf474e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94cb9d07f4e94144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47f74fc5de504310" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c1ca442c1a44f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R764edbe8b4bf474e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sometimes careful</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>117,981</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>