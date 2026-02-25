--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4411470d7dc74fa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c6cf7e7e7ec49ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R764edbe8b4bf474e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fbb3dc26beb4dcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c1ca442c1a44f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R764edbe8b4bf474e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red59a8a3a1cb4b76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fbb3dc26beb4dcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sometimes careful</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,796</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>