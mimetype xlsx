--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racfc06ab90e74aba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re33919cad5014959" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc17764311724483"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5f4f3a62487422e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc624fd225d44ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc17764311724483" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea8fc0eaf8e44ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5f4f3a62487422e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Umweltschutz und mehr </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>83,611</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>