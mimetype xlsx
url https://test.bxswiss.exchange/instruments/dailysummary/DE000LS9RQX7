--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re33919cad5014959" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd45f9720772c4090" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5f4f3a62487422e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7d05b90737c469a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea8fc0eaf8e44ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5f4f3a62487422e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R879a29033654455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7d05b90737c469a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Umweltschutz und mehr </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>79,933</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,320</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>80,412</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>