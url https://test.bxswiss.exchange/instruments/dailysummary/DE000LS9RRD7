--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51eb6144376a404e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a387674ccec4168" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc999f1f3c2b742e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ab8b8b6b3ec481e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba46da86fcbe4c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc999f1f3c2b742e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57557ea057cd453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ab8b8b6b3ec481e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Mentor </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>164,634</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>