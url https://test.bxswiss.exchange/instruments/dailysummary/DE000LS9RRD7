--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a387674ccec4168" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27efd249037b47b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ab8b8b6b3ec481e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd09933494ec740a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57557ea057cd453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ab8b8b6b3ec481e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R324185190c464db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd09933494ec740a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Mentor </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>169,258</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,051</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...154 lines deleted...]
-          <x:t>169,916</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>