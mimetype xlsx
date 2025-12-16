--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cb7b320726d43ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d9d9daff2ca452b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4100349f53ed417a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf1d0725297545c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0052b02f5024325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4100349f53ed417a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R356887fff4b04875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf1d0725297545c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Gewinner Basics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>367,969</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>