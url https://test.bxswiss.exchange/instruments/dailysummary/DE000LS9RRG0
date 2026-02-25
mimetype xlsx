--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d9d9daff2ca452b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f72de140c384117" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf1d0725297545c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca88138ea94541a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R356887fff4b04875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf1d0725297545c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a37f1b990884e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca88138ea94541a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Gewinner Basics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>