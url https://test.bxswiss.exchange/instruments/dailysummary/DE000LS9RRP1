--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03e8003a76243b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc898602c97794c48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0dd88987edc48f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc3e7f3798974db1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5295e8a2517843c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0dd88987edc48f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re03bc7f462034c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc3e7f3798974db1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Prometheus Innovation Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>162,116</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>