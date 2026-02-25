--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc898602c97794c48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6d34aed1ba840f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc3e7f3798974db1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9cdf8495ff04b4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re03bc7f462034c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc3e7f3798974db1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63ed1fddc2674f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9cdf8495ff04b4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Prometheus Innovation Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>