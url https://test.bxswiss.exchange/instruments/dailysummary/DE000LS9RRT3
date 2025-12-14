--- v0 (2025-10-04)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc238a3af97734ceb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2d261c4d5f4b73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7827419c0da54c08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbf31953fd8a4d41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22be8db1d2774dbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7827419c0da54c08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3daeb00fd0147f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbf31953fd8a4d41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>48,940</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,974</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>50,078</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,858</x:t>
-[...458 lines deleted...]
-          <x:t>50,844</x:t>
+          <x:t>49,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>