--- v1 (2025-12-14)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2d261c4d5f4b73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0807c9bee90d4c90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbf31953fd8a4d41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf4ad9f1c7914eda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3daeb00fd0147f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbf31953fd8a4d41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R372d4df11b1949ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf4ad9f1c7914eda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>51,880</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>