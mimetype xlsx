--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red12b9e6201d4a21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47b30937781d48d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d712e4e2c2e427f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recea5af441a44b95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re810c1cd15c54a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d712e4e2c2e427f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99fdd11cab5e4af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recea5af441a44b95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Top 10 Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>164,456</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>