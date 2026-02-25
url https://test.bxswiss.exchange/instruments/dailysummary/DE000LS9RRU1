--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47b30937781d48d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R633810b2c18e4882" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recea5af441a44b95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R678fe522c9ec4b22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99fdd11cab5e4af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recea5af441a44b95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69b1281b5ffe432a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R678fe522c9ec4b22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Top 10 Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>