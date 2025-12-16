--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R035a869b42504896" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff0f4d251034758" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R684ae629130a4227"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6285155d8aed4d65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R852a1e047ff84de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R684ae629130a4227" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raecf4114f6924519" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6285155d8aed4d65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SWOT - Sustainable Wealth of T..</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,714</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>10,887</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,824</x:t>
-[...183 lines deleted...]
-          <x:t>11,927</x:t>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,761</x:t>
-[...80 lines deleted...]
-          <x:t>11,336</x:t>
+          <x:t>11,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>