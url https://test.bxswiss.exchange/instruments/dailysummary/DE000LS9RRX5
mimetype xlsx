--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff0f4d251034758" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0867edd46fef43b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6285155d8aed4d65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0d6917247cd4558"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raecf4114f6924519" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6285155d8aed4d65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R281dd433ac224a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0d6917247cd4558" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SWOT - Sustainable Wealth of T..</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>10,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>11,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,855</x:t>
-[...227 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>11,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,277</x:t>
-[...225 lines deleted...]
-          <x:t>11,490</x:t>
+          <x:t>11,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>