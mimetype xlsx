--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bfca382191c46e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf06d0f7c46784afe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c4659e7bbf94bd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R064aa125b22244cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95636ea23072475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c4659e7bbf94bd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d2d01e784824b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R064aa125b22244cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien -  Qjus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RSD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>425,842</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>