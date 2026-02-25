--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf06d0f7c46784afe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ce3d0836fc4466" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R064aa125b22244cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R593a8ef214514cf7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d2d01e784824b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R064aa125b22244cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe57b75b6b8e410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R593a8ef214514cf7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien -  Qjus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RSD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>