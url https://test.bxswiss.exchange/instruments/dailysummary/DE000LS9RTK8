--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5138b66c6a5d4cc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3466969cde76494d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d2704ba765f4ac7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree825e40035844bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a76e05c36f4480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d2704ba765f4ac7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bfe98f194a949aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree825e40035844bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Hidden-Angels </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>106,470</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,589</x:t>
-[...571 lines deleted...]
-          <x:t>112,333</x:t>
+          <x:t>104,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>