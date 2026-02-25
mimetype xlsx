--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3466969cde76494d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0044bc1450c64d19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree825e40035844bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0e2d46138fd4411"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bfe98f194a949aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree825e40035844bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3b6bdda746d4513" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0e2d46138fd4411" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Hidden-Angels </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>103,825</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,418</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>106,673</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>