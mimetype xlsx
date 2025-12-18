--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85cdeb3d19d24f50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ec5540cd316488e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebfb9624a5334308"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1d061cc0c0044a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07a49f39c1dd482d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebfb9624a5334308" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb18365600836492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1d061cc0c0044a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arusu</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...603 lines deleted...]
-          <x:t>201,655</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>200,707</x:t>
+          <x:t>200,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>