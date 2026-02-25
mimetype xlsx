--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ec5540cd316488e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1b12cf4e1664a57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1d061cc0c0044a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dd82daddbd14175"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb18365600836492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1d061cc0c0044a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b54ac9d205a4b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dd82daddbd14175" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arusu</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>