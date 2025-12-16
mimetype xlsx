--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f8e0f173cc94b28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2fabd22f9eb4d5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd602ae1678d8437b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90a507ffaa824f24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R234758c9013448a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd602ae1678d8437b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea762243b689467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90a507ffaa824f24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EXPONENTIAL GROWTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>89,900</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>