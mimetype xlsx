--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2fabd22f9eb4d5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2a95b47c5d7442d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90a507ffaa824f24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R463a1ec231fb4e9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea762243b689467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90a507ffaa824f24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ca61987b14c4fdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R463a1ec231fb4e9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EXPONENTIAL GROWTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>