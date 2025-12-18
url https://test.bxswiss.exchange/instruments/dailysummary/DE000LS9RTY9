--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6078d9dffe5b4dad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R951f1118b3bc435e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R077c78aa909e40c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R338ec297a35c44e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc86ffa0c77e4e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R077c78aa909e40c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea8a75d8de744ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R338ec297a35c44e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WideSpreadValueGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>116,642</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,703</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>119,427</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>