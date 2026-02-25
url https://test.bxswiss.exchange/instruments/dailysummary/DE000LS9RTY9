--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R951f1118b3bc435e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcee197ab38b54587" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R338ec297a35c44e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7de62ec8cd1a4dd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea8a75d8de744ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R338ec297a35c44e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb34b4cf730b4e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7de62ec8cd1a4dd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WideSpreadValueGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,656</x:t>
-[...414 lines deleted...]
-          <x:t>112,451</x:t>
+          <x:t>115,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>